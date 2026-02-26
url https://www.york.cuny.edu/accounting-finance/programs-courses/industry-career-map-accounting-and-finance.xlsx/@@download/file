--- v0 (2025-10-22)
+++ v1 (2026-02-26)
@@ -1,127 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\linba\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\linba\Documents\York materials\Accounting and Finance Department\4-year maps\Career Infused Maps\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E12DBFD9-0516-443A-8112-0FD190A32489}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF09800B-940F-4777-803A-7DAC7D333FBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="5" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ACC-Public Accounting" sheetId="3" r:id="rId1"/>
     <sheet name="ACC-General Accounting" sheetId="6" r:id="rId2"/>
     <sheet name="ACC-Internal Audit &amp; Fraud" sheetId="7" r:id="rId3"/>
-    <sheet name="Finance" sheetId="9" r:id="rId4"/>
+    <sheet name="BBA-Advanced Accounting" sheetId="10" r:id="rId4"/>
+    <sheet name="BBA-Management Accounting" sheetId="11" r:id="rId5"/>
+    <sheet name="BBA-Forensic Accounting and Fra" sheetId="12" r:id="rId6"/>
+    <sheet name="BS-Accounting and Finance" sheetId="13" r:id="rId7"/>
+    <sheet name="Finance" sheetId="9" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C61" i="9" l="1"/>
+  <c r="C79" i="13" l="1"/>
+  <c r="C78" i="13"/>
+  <c r="C71" i="13"/>
+  <c r="C64" i="13"/>
+  <c r="C57" i="13"/>
+  <c r="C50" i="13"/>
+  <c r="C43" i="13"/>
+  <c r="C36" i="13"/>
+  <c r="C29" i="13"/>
+  <c r="C22" i="13"/>
+  <c r="C15" i="13"/>
+  <c r="C66" i="12"/>
+  <c r="C44" i="12"/>
+  <c r="C58" i="12"/>
+  <c r="C29" i="12"/>
+  <c r="C15" i="12"/>
+  <c r="C65" i="12"/>
+  <c r="C51" i="12"/>
+  <c r="C36" i="12"/>
+  <c r="C22" i="12"/>
+  <c r="C65" i="11"/>
+  <c r="C57" i="11"/>
+  <c r="C29" i="11"/>
+  <c r="C15" i="11"/>
+  <c r="C64" i="11"/>
+  <c r="C50" i="11"/>
+  <c r="C43" i="11"/>
+  <c r="C36" i="11"/>
+  <c r="C22" i="11"/>
+  <c r="C65" i="10"/>
+  <c r="C57" i="10"/>
+  <c r="C29" i="10"/>
+  <c r="C15" i="10"/>
+  <c r="C64" i="10"/>
+  <c r="C50" i="10"/>
+  <c r="C43" i="10"/>
+  <c r="C36" i="10"/>
+  <c r="C22" i="10"/>
+  <c r="C61" i="9"/>
   <c r="C55" i="9"/>
   <c r="C48" i="9"/>
   <c r="C41" i="9"/>
   <c r="C34" i="9"/>
   <c r="C28" i="9"/>
   <c r="C21" i="9"/>
   <c r="C15" i="9"/>
   <c r="C62" i="7"/>
   <c r="C56" i="7"/>
   <c r="C49" i="7"/>
   <c r="C42" i="7"/>
   <c r="C34" i="7"/>
   <c r="C28" i="7"/>
   <c r="C21" i="7"/>
   <c r="C15" i="7"/>
   <c r="C61" i="6"/>
   <c r="C55" i="6"/>
   <c r="C48" i="6"/>
   <c r="C41" i="6"/>
   <c r="C34" i="6"/>
   <c r="C28" i="6"/>
   <c r="C21" i="6"/>
   <c r="C15" i="6"/>
   <c r="C21" i="3"/>
   <c r="C61" i="3"/>
   <c r="C55" i="3"/>
   <c r="C48" i="3"/>
   <c r="C41" i="3"/>
   <c r="C34" i="3"/>
   <c r="C28" i="3"/>
   <c r="C15" i="3"/>
   <c r="C62" i="6" l="1"/>
   <c r="C62" i="9"/>
   <c r="C63" i="7"/>
   <c r="C62" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1046" uniqueCount="188">
   <si>
     <t>CUNY Logo</t>
   </si>
   <si>
     <t>Department Logo</t>
   </si>
   <si>
     <t>Academia to Industry Map</t>
   </si>
   <si>
     <t xml:space="preserve">Major Declaration: </t>
   </si>
   <si>
     <t xml:space="preserve">Minor/Program Focus: </t>
   </si>
   <si>
     <t>Career Aim:</t>
   </si>
   <si>
     <t>Degree to Career Choice</t>
   </si>
   <si>
     <t>Career Readiness</t>
   </si>
   <si>
@@ -315,53 +376,50 @@
   <si>
     <t>FINC 101: Fundamentals of Financial Planning and Wealth management</t>
   </si>
   <si>
     <t>FINC 322: Investment and Security Analysis</t>
   </si>
   <si>
     <t>First elective for finance major</t>
   </si>
   <si>
     <t>FINC 324: International Finance</t>
   </si>
   <si>
     <t>FINC 329: Corporate Finance</t>
   </si>
   <si>
     <t>FINC 355: Futures and Options</t>
   </si>
   <si>
     <t>Accounting</t>
   </si>
   <si>
     <t>Public Accounting Concentration</t>
   </si>
   <si>
-    <t>Certificated Public Accountant</t>
-[...1 lines deleted...]
-  <si>
     <t>Join student clubs or groups relevant to career choice/pathway</t>
   </si>
   <si>
     <t>Begin to add to resume based on achievements during the term</t>
   </si>
   <si>
     <t xml:space="preserve">Review degree to career map for career pathway alignment </t>
   </si>
   <si>
     <t>Polish resume and prepare for internship interviews</t>
   </si>
   <si>
     <t>Practice interviewing for internships &amp; attend Interview workshops.</t>
   </si>
   <si>
     <t>Prepare for attending the NABA conference for the summer</t>
   </si>
   <si>
     <t>Attending the interview workshop</t>
   </si>
   <si>
     <t>Attending the branding workshop</t>
   </si>
   <si>
     <t>Continue buidling professional network &amp; mentors relationships</t>
@@ -381,53 +439,50 @@
   <si>
     <t>Practice communication skills</t>
   </si>
   <si>
     <t>Take ACC 292 to participate the VITA Program</t>
   </si>
   <si>
     <t>Consider pursuing a master or a minor for the 150-credit requirement</t>
   </si>
   <si>
     <t>Develop interpersonal skills</t>
   </si>
   <si>
     <t>Develop problem solving skills</t>
   </si>
   <si>
     <t>Start attending the IMA monthly dinner</t>
   </si>
   <si>
     <t>Start preparing for the SIE exam</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
-    <t>General Accounting Concentration</t>
-[...1 lines deleted...]
-  <si>
     <t>Internal Audit and Fraud Examination</t>
   </si>
   <si>
     <t>Take the exams for Microsoft Excel Associate/Specialist certificate</t>
   </si>
   <si>
     <t>Study for the IRS Enrolled Agent License</t>
   </si>
   <si>
     <t>Explore the study materials for the CPA exams</t>
   </si>
   <si>
     <t>Study for the CFE certificate</t>
   </si>
   <si>
     <t>Take the first part of the CMA exam</t>
   </si>
   <si>
     <t xml:space="preserve">Take the second part of the CMA exam  </t>
   </si>
   <si>
     <t>Acquire the CMA certificate after graduation</t>
   </si>
   <si>
     <t>Take the CFE exams</t>
@@ -538,50 +593,182 @@
     <t>Individual and Society (WI)</t>
   </si>
   <si>
     <t>Take the Microsoft Excel specialist certificate exam</t>
   </si>
   <si>
     <t xml:space="preserve">First elective for the internal audit and fraud examination concentration </t>
   </si>
   <si>
     <t>Keep an eye on the weekly job opportunities update from the department chair to learn about industry expectations</t>
   </si>
   <si>
     <t>Join a professional organization, such as the IMA or CFA</t>
   </si>
   <si>
     <t>Explore the study materials for the CMA exams</t>
   </si>
   <si>
     <t>Attend career fairs and professional seminars</t>
   </si>
   <si>
     <t>Explore the study materials for the CFE exams</t>
   </si>
   <si>
     <t>Acquire the CFE certificate afetr graduation</t>
+  </si>
+  <si>
+    <t>Certificated Public Accountant (CPA)</t>
+  </si>
+  <si>
+    <t>Certified Management Accountant (CMA)</t>
+  </si>
+  <si>
+    <t>Certified Internal Auditor (CIA); Certified Fraud Examiner (CFE)</t>
+  </si>
+  <si>
+    <t>HE 111 (CO): Personal Health</t>
+  </si>
+  <si>
+    <t>Math 111 Stat &amp; Probability (Mathematical and Quantitative Reasoning)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUS 201: Computer Applications in Business or FINC 150: Financial Data Analytics I </t>
+  </si>
+  <si>
+    <t>ECON 220: Intro to Economic Statistics or 
+or 
+FINC 125 Financial Mathematics II</t>
+  </si>
+  <si>
+    <t>BUS 283: Business Law and Ethics or FINC 245 Regulation for Accounting and Financial Professional</t>
+  </si>
+  <si>
+    <t>ANTH 101: Introduction to Cultural Anthropology (WI) (World Cultures and Global Issues)</t>
+  </si>
+  <si>
+    <t>CLDV 100 Intro Multicultural Studies (WI)(Individual and Society)</t>
+  </si>
+  <si>
+    <t>FINC 350: Database Applications in Accounting and Finance</t>
+  </si>
+  <si>
+    <t>ACC 370: Accounting Information Systems</t>
+  </si>
+  <si>
+    <t>FINC 475 (WI) (CO) Case Studies in Accounting &amp; Finance or BUS 481 (WI) (CO): Strategic Management</t>
+  </si>
+  <si>
+    <t>US Experience in Its Diversity</t>
+  </si>
+  <si>
+    <t>General Accounting</t>
+  </si>
+  <si>
+    <t>Advanced Accounting Concentration</t>
+  </si>
+  <si>
+    <t>Management Accounting</t>
+  </si>
+  <si>
+    <t>BBA-Accounting</t>
+  </si>
+  <si>
+    <t>FINC 150: Financial Data Analytics I or BUS 201: Computer Applications in Business</t>
+  </si>
+  <si>
+    <t>FINC 245 Regulation for Accounting and Financial Professional or BUS 283: Business Law and Ethics</t>
+  </si>
+  <si>
+    <t>CLDV 100 Intro Multicultural Studies (WI)
+(Individual and Society)</t>
+  </si>
+  <si>
+    <t>ACC 351: Advanced Taxation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">First elective class for the concentration </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Second elective class for the concentration </t>
+  </si>
+  <si>
+    <t>Second elective class for the concentration</t>
+  </si>
+  <si>
+    <t>Forensic Accounting and Fraud Examination</t>
+  </si>
+  <si>
+    <t>ANTH 101: Introduction to Cultural Anthropology (WI)(World Cultures and Global Issues)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">First elective course for this concentration </t>
+  </si>
+  <si>
+    <t>Explore the study materials for the CFE and CIA exams</t>
+  </si>
+  <si>
+    <t>Second elective calss for the concentration</t>
+  </si>
+  <si>
+    <t>BS-Accounting and Finance (150-credit program)</t>
+  </si>
+  <si>
+    <t>FINC 101 Fundamentals of Financial Planning and Wealth Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTH 101: Introduction to Cultural Anthropology (WI) (World Cultures and Global Issues) </t>
+  </si>
+  <si>
+    <t>FINC 329 Corporate Finance</t>
+  </si>
+  <si>
+    <t>Term 9</t>
+  </si>
+  <si>
+    <t>Term 10</t>
+  </si>
+  <si>
+    <t>The first ACC or FINC Elective</t>
+  </si>
+  <si>
+    <t>FINC 475  Case Studies in Accounting &amp; Finance (WI)or BUS 481 (WI): Strategic Management (CO)</t>
+  </si>
+  <si>
+    <t>The second ACC or FINC Elective</t>
+  </si>
+  <si>
+    <t>Free Elective</t>
+  </si>
+  <si>
+    <t>Liberal arts elective</t>
+  </si>
+  <si>
+    <t>Total Credits</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apply for full-time positions </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Cordia New"/>
@@ -661,89 +848,95 @@
       <charset val="222"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Cordia New"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Cordia New"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Cordia New"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF8EA9DB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA9D08E"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFD966"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD6DCE4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="21">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -951,55 +1144,68 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="69">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1129,89 +1335,123 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FF5EA82C"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1371600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>533400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98DAD232-8220-0740-F671-6278E21540E3}"/>
             </a:ext>
@@ -1461,50 +1701,422 @@
         <a:xfrm>
           <a:off x="3581400" y="0"/>
           <a:ext cx="3423201" cy="548173"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
+      <xdr:colOff>1371600</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC5CE45D-AF7D-465F-8FF4-D18E1C36E561}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1371600" cy="533400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2247347</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2180809</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>179873</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{995B711E-9973-467A-AAD6-1F2B08E62831}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3815797" y="0"/>
+          <a:ext cx="3425962" cy="548173"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1422400</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>177800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C401C31F-50F4-4D69-87CD-0A1B2F9DF1A5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1422400" cy="914400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1333500</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1264201</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>179873</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07FB2051-4BAD-42F7-B5AE-ED39B19B55EB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="2901950" y="0"/>
+          <a:ext cx="3423201" cy="548173"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1473200</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>6350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{055DB0CA-62B9-4000-B6BB-311446C7B85C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1473200" cy="927100"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2012950</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1943651</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>179873</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA3E499A-6095-4B2F-B83A-B0ACC8B7759E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3581400" y="0"/>
+          <a:ext cx="3423201" cy="548173"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1371600</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>177800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{415CCAC5-FCD9-4F78-94F1-C4FD17F9AE65}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1371600" cy="914400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2247347</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2180809</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>184151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D86D3C9-B2EF-4F05-9B2F-D5357FAC8693}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3815797" y="1"/>
+          <a:ext cx="3425962" cy="933450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>1524000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7439BAB7-9C65-4331-A319-ADA221680217}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1544,91 +2156,91 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3759200" y="0"/>
           <a:ext cx="3423201" cy="548173"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1690,51 +2302,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1832,81 +2444,97 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F70"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="D46" sqref="D46"/>
+    <sheetView showGridLines="0" topLeftCell="B6" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7:E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
   <cols>
     <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="52"/>
       <c r="D1" s="53"/>
       <c r="E1" s="7"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="54" t="s">
@@ -1936,752 +2564,752 @@
         <v>3</v>
       </c>
       <c r="B5" s="61" t="s">
         <v>70</v>
       </c>
       <c r="C5" s="61"/>
       <c r="D5" s="61"/>
       <c r="E5" s="61"/>
     </row>
     <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.8">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="62" t="s">
         <v>71</v>
       </c>
       <c r="C6" s="62"/>
       <c r="D6" s="62"/>
       <c r="E6" s="62"/>
     </row>
     <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="61" t="s">
-        <v>72</v>
+        <v>145</v>
       </c>
       <c r="C7" s="61"/>
       <c r="D7" s="61"/>
       <c r="E7" s="61"/>
     </row>
     <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
       <c r="A8" s="48"/>
       <c r="B8" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A9" s="49"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A10" s="49"/>
       <c r="B10" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="5">
         <v>3</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A11" s="49"/>
       <c r="B11" s="40" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="5">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A12" s="49"/>
       <c r="B12" s="40" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="5">
         <v>3</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A13" s="49"/>
       <c r="B13" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="5">
         <v>3</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A14" s="49"/>
       <c r="B14" s="39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A15" s="49"/>
       <c r="B15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="16">
         <f>SUM(C10:C14)</f>
         <v>16</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A16" s="49"/>
       <c r="B16" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="5">
         <v>3</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E16" s="6"/>
     </row>
     <row r="17" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A17" s="49"/>
       <c r="B17" s="38" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C17" s="5">
         <v>3</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A18" s="49"/>
       <c r="B18" s="39" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="5">
         <v>3</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E18" s="6"/>
     </row>
     <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A19" s="49"/>
       <c r="B19" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="5">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A20" s="49"/>
       <c r="B20" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="5">
         <v>3</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:6" ht="18" x14ac:dyDescent="0.6">
       <c r="A21" s="50"/>
       <c r="B21" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="18">
         <f>SUM(C16:C20)</f>
         <v>15</v>
       </c>
       <c r="D21" s="19"/>
       <c r="E21" s="26"/>
     </row>
     <row r="22" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A22" s="49"/>
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="2"/>
     </row>
     <row r="23" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A23" s="49"/>
       <c r="B23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E23" s="27"/>
     </row>
     <row r="24" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A24" s="49"/>
       <c r="B24" s="39" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
         <v>3</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E24" s="6"/>
     </row>
     <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A25" s="49"/>
       <c r="B25" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="5">
         <v>3</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E25" s="6"/>
     </row>
     <row r="26" spans="1:6" ht="23" x14ac:dyDescent="0.65">
       <c r="A26" s="49"/>
       <c r="B26" s="46" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="5">
         <v>3</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E26" s="6"/>
     </row>
     <row r="27" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A27" s="49"/>
       <c r="B27" s="41" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C27" s="5">
         <v>3</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A28" s="49"/>
       <c r="B28" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="16">
         <f>SUM(C23:C27)</f>
         <v>15</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A29" s="49"/>
       <c r="B29" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>3</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E29" s="45"/>
     </row>
     <row r="30" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A30" s="49"/>
       <c r="B30" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E30" s="6"/>
     </row>
     <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A31" s="49"/>
       <c r="B31" s="39" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C31" s="5">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E31" s="27"/>
     </row>
     <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A32" s="49"/>
       <c r="B32" s="39" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="5">
         <v>3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A33" s="49"/>
       <c r="B33" s="39" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C33" s="5">
         <v>3</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A34" s="50"/>
       <c r="B34" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="18">
         <f>SUM(C29:C33)</f>
         <v>15</v>
       </c>
       <c r="D34" s="19"/>
       <c r="E34" s="28"/>
     </row>
     <row r="35" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A35" s="48"/>
       <c r="B35" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A36" s="49"/>
       <c r="B36" s="38" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="5">
         <v>3</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A37" s="49"/>
       <c r="B37" s="39" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="5">
         <v>3</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E37" s="6"/>
     </row>
     <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A38" s="49"/>
       <c r="B38" s="39" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="5">
         <v>3</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E38" s="37"/>
     </row>
     <row r="39" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A39" s="63"/>
       <c r="B39" s="39" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="23">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A40" s="49"/>
       <c r="B40" s="39" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C40" s="8">
         <v>3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E40" s="21"/>
     </row>
     <row r="41" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A41" s="49"/>
       <c r="B41" s="5"/>
       <c r="C41" s="8">
         <f>SUM(C36:C40)</f>
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E41" s="5"/>
     </row>
     <row r="42" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A42" s="49"/>
       <c r="B42" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="20"/>
       <c r="D42" s="15" t="s">
         <v>17</v>
       </c>
       <c r="E42" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A43" s="49"/>
       <c r="B43" s="38" t="s">
         <v>45</v>
       </c>
       <c r="C43" s="8">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A44" s="49"/>
       <c r="B44" s="39" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="5">
         <v>4</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E44" s="27"/>
     </row>
     <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A45" s="49"/>
       <c r="B45" s="39" t="s">
         <v>47</v>
       </c>
       <c r="C45" s="5">
         <v>3</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E45" s="5"/>
     </row>
     <row r="46" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A46" s="49"/>
       <c r="B46" s="39" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="5">
         <v>3</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E46" s="6"/>
     </row>
     <row r="47" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A47" s="49"/>
       <c r="B47" s="40" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C47" s="5">
         <v>3</v>
       </c>
       <c r="D47" s="45" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A48" s="50"/>
       <c r="B48" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="18">
         <f>SUM(C43:C47)</f>
         <v>16</v>
       </c>
       <c r="D48" s="19"/>
       <c r="E48" s="28"/>
     </row>
     <row r="49" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A49" s="48"/>
       <c r="B49" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="23" x14ac:dyDescent="0.65">
       <c r="A50" s="63"/>
       <c r="B50" s="43" t="s">
         <v>50</v>
       </c>
       <c r="C50" s="42">
         <v>3</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="37" x14ac:dyDescent="0.65">
       <c r="A51" s="63"/>
       <c r="B51" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C51" s="42">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E51" s="5"/>
     </row>
     <row r="52" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A52" s="63"/>
       <c r="B52" s="43" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="42">
         <v>3</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A53" s="49"/>
       <c r="B53" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="5">
         <v>2</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E53" s="5"/>
     </row>
     <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A54" s="49"/>
       <c r="B54" s="39" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="5">
         <v>3</v>
       </c>
       <c r="D54" s="6"/>
       <c r="E54" s="5"/>
     </row>
     <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A55" s="49"/>
       <c r="B55" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="16">
         <f>SUM(C50:C54)</f>
         <v>14</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A56" s="49"/>
       <c r="B56" s="38" t="s">
         <v>54</v>
       </c>
       <c r="C56" s="5">
         <v>3</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E56" s="5"/>
     </row>
     <row r="57" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A57" s="49"/>
       <c r="B57" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="5">
         <v>3</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E57" s="5"/>
     </row>
     <row r="58" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A58" s="49"/>
       <c r="B58" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="5">
         <v>3</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E58" s="5"/>
     </row>
     <row r="59" spans="1:5" ht="56" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A59" s="49"/>
       <c r="B59" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="21">
         <v>3</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E59" s="6"/>
     </row>
     <row r="60" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A60" s="49"/>
       <c r="B60" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C60" s="21">
         <v>2</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E60" s="5"/>
     </row>
     <row r="61" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A61" s="50"/>
       <c r="B61" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="18">
         <f>SUM(C56:C60)</f>
         <v>14</v>
       </c>
       <c r="D61" s="22"/>
       <c r="E61" s="28"/>
     </row>
     <row r="62" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A62" s="64" t="s">
         <v>20</v>
       </c>
       <c r="B62" s="65"/>
       <c r="C62" s="29">
         <f>C15+C21+C28+C34+C41+C48+C55+C61</f>
         <v>120</v>
       </c>
       <c r="D62" s="30"/>
@@ -2706,61 +3334,64 @@
     <row r="68" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B68" s="32"/>
     </row>
     <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B69" s="34"/>
     </row>
     <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B70" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="A8:A21"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A2:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="A22:A34"/>
     <mergeCell ref="A35:A48"/>
     <mergeCell ref="A49:A61"/>
     <mergeCell ref="A62:B62"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5CD2FC3B-A024-487E-A973-607D228DB1A6}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:F70"/>
   <sheetViews>
-    <sheetView topLeftCell="A56" workbookViewId="0">
-      <selection activeCell="D56" sqref="D56:D58"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
   <cols>
     <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="52"/>
       <c r="D1" s="53"/>
       <c r="E1" s="7"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="54" t="s">
         <v>2</v>
       </c>
@@ -2772,758 +3403,760 @@
     <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A3" s="57"/>
       <c r="B3" s="58"/>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
       <c r="E3" s="59"/>
     </row>
     <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A4" s="60"/>
       <c r="B4" s="60"/>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="60"/>
     </row>
     <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="61" t="s">
         <v>70</v>
       </c>
       <c r="C5" s="61"/>
       <c r="D5" s="61"/>
       <c r="E5" s="61"/>
     </row>
-    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="66" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B6" s="61" t="s">
+        <v>159</v>
+      </c>
+      <c r="C6" s="61"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="61"/>
+    </row>
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="67"/>
-[...2 lines deleted...]
-      <c r="E7" s="67"/>
+      <c r="B7" s="61" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
     </row>
     <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
       <c r="A8" s="48"/>
       <c r="B8" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A9" s="49"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A10" s="49"/>
       <c r="B10" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="5">
         <v>3</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A11" s="49"/>
       <c r="B11" s="40" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="5">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A12" s="49"/>
       <c r="B12" s="40" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="5">
         <v>3</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A13" s="49"/>
       <c r="B13" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="5">
         <v>3</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A14" s="49"/>
       <c r="B14" s="39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A15" s="49"/>
       <c r="B15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="16">
         <f>SUM(C10:C14)</f>
         <v>16</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A16" s="49"/>
       <c r="B16" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="5">
         <v>3</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E16" s="6"/>
     </row>
     <row r="17" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A17" s="49"/>
       <c r="B17" s="38" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C17" s="5">
         <v>3</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A18" s="49"/>
       <c r="B18" s="39" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="5">
         <v>3</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E18" s="6"/>
     </row>
     <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A19" s="49"/>
       <c r="B19" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="5">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A20" s="49"/>
       <c r="B20" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="5">
         <v>3</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:6" ht="18" x14ac:dyDescent="0.6">
       <c r="A21" s="50"/>
       <c r="B21" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="18">
         <f>SUM(C16:C20)</f>
         <v>15</v>
       </c>
       <c r="D21" s="19"/>
       <c r="E21" s="26"/>
     </row>
     <row r="22" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A22" s="49"/>
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="2"/>
     </row>
     <row r="23" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A23" s="49"/>
       <c r="B23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E23" s="27"/>
     </row>
     <row r="24" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A24" s="49"/>
       <c r="B24" s="39" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
         <v>3</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E24" s="6"/>
     </row>
     <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A25" s="49"/>
       <c r="B25" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="5">
         <v>3</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E25" s="6"/>
     </row>
     <row r="26" spans="1:6" ht="23" x14ac:dyDescent="0.65">
       <c r="A26" s="49"/>
       <c r="B26" s="46" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="5">
         <v>3</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E26" s="6"/>
     </row>
     <row r="27" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A27" s="49"/>
       <c r="B27" s="41" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C27" s="5">
         <v>3</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A28" s="49"/>
       <c r="B28" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="16">
         <f>SUM(C23:C27)</f>
         <v>15</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A29" s="49"/>
       <c r="B29" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>3</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E29" s="45"/>
     </row>
     <row r="30" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A30" s="49"/>
       <c r="B30" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E30" s="6"/>
     </row>
     <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A31" s="49"/>
       <c r="B31" s="39" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C31" s="5">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E31" s="27"/>
     </row>
     <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A32" s="49"/>
       <c r="B32" s="39" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="5">
         <v>3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A33" s="49"/>
       <c r="B33" s="39" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C33" s="5">
         <v>3</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A34" s="50"/>
       <c r="B34" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="18">
         <f>SUM(C29:C33)</f>
         <v>15</v>
       </c>
       <c r="D34" s="19"/>
       <c r="E34" s="28"/>
     </row>
     <row r="35" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A35" s="48"/>
       <c r="B35" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A36" s="49"/>
       <c r="B36" s="38" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="5">
         <v>3</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E36" s="6"/>
     </row>
     <row r="37" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A37" s="49"/>
       <c r="B37" s="39" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="5">
         <v>3</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E37" s="6"/>
     </row>
     <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A38" s="49"/>
       <c r="B38" s="39" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="5">
         <v>3</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E38" s="37"/>
     </row>
     <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A39" s="63"/>
       <c r="B39" s="39" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="23">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A40" s="49"/>
       <c r="B40" s="39" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C40" s="8">
         <v>3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E40" s="21"/>
     </row>
     <row r="41" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A41" s="49"/>
       <c r="B41" s="5"/>
       <c r="C41" s="8">
         <f>SUM(C36:C40)</f>
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E41" s="5"/>
     </row>
     <row r="42" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A42" s="49"/>
       <c r="B42" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="20"/>
       <c r="D42" s="15" t="s">
         <v>17</v>
       </c>
       <c r="E42" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A43" s="49"/>
       <c r="B43" s="38" t="s">
         <v>57</v>
       </c>
       <c r="C43" s="8">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A44" s="49"/>
       <c r="B44" s="39" t="s">
         <v>58</v>
       </c>
       <c r="C44" s="5">
         <v>3</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A45" s="49"/>
       <c r="B45" s="39" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C45" s="5">
         <v>3</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E45" s="5"/>
     </row>
     <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A46" s="49"/>
       <c r="B46" s="39" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="5">
         <v>3</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E46" s="6"/>
     </row>
     <row r="47" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A47" s="49"/>
       <c r="B47" s="40" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C47" s="5">
         <v>3</v>
       </c>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A48" s="50"/>
       <c r="B48" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="18">
         <f>SUM(C43:C47)</f>
         <v>15</v>
       </c>
       <c r="D48" s="19"/>
       <c r="E48" s="28"/>
     </row>
     <row r="49" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A49" s="48"/>
       <c r="B49" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="23" x14ac:dyDescent="0.65">
       <c r="A50" s="63"/>
       <c r="B50" s="43" t="s">
         <v>50</v>
       </c>
       <c r="C50" s="42">
         <v>3</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E50" s="45"/>
     </row>
     <row r="51" spans="1:5" ht="37" x14ac:dyDescent="0.65">
       <c r="A51" s="63"/>
       <c r="B51" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C51" s="42">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A52" s="63"/>
       <c r="B52" s="43" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="42">
         <v>3</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A53" s="49"/>
       <c r="B53" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="5">
         <v>2</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E53" s="5"/>
     </row>
     <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A54" s="49"/>
       <c r="B54" s="39" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="5">
         <v>3</v>
       </c>
       <c r="D54" s="6"/>
       <c r="E54" s="5"/>
     </row>
     <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A55" s="49"/>
       <c r="B55" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="16">
         <f>SUM(C50:C54)</f>
         <v>14</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A56" s="49"/>
       <c r="B56" s="38" t="s">
         <v>54</v>
       </c>
       <c r="C56" s="5">
         <v>3</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A57" s="49"/>
       <c r="B57" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="5">
         <v>3</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A58" s="49"/>
       <c r="B58" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="5">
         <v>3</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E58" s="5"/>
     </row>
     <row r="59" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A59" s="49"/>
       <c r="B59" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="21">
         <v>3</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E59" s="6"/>
     </row>
     <row r="60" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A60" s="49"/>
       <c r="B60" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C60" s="21">
         <v>3</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E60" s="5"/>
     </row>
     <row r="61" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A61" s="50"/>
       <c r="B61" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="18">
         <f>SUM(C56:C60)</f>
         <v>15</v>
       </c>
       <c r="D61" s="22"/>
       <c r="E61" s="28"/>
     </row>
     <row r="62" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A62" s="64" t="s">
         <v>20</v>
       </c>
       <c r="B62" s="65"/>
       <c r="C62" s="29">
         <f>C15+C21+C28+C34+C41+C48+C55+C61</f>
         <v>120</v>
       </c>
       <c r="D62" s="30"/>
@@ -3548,60 +4181,64 @@
     <row r="68" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B68" s="32"/>
     </row>
     <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B69" s="34"/>
     </row>
     <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B70" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A2:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="A8:A21"/>
     <mergeCell ref="A22:A34"/>
     <mergeCell ref="A35:A48"/>
     <mergeCell ref="A49:A61"/>
     <mergeCell ref="A62:B62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup scale="55" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AE3A371-70BC-4C8B-9435-B8C500E3E881}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:F71"/>
   <sheetViews>
-    <sheetView topLeftCell="A55" workbookViewId="0">
-      <selection activeCell="D65" sqref="D65"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
   <cols>
     <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="52"/>
       <c r="D1" s="53"/>
       <c r="E1" s="7"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="54" t="s">
         <v>2</v>
       </c>
@@ -3618,769 +4255,771 @@
       <c r="E3" s="59"/>
     </row>
     <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A4" s="60"/>
       <c r="B4" s="60"/>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="60"/>
     </row>
     <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="61" t="s">
         <v>70</v>
       </c>
       <c r="C5" s="61"/>
       <c r="D5" s="61"/>
       <c r="E5" s="61"/>
     </row>
     <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="66" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C6" s="66"/>
       <c r="D6" s="66"/>
       <c r="E6" s="66"/>
     </row>
-    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="67"/>
-[...2 lines deleted...]
-      <c r="E7" s="67"/>
+      <c r="B7" s="61" t="s">
+        <v>147</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
     </row>
     <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
       <c r="A8" s="48"/>
       <c r="B8" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A9" s="49"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A10" s="49"/>
       <c r="B10" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="5">
         <v>3</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A11" s="49"/>
       <c r="B11" s="40" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="5">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A12" s="49"/>
       <c r="B12" s="40" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="5">
         <v>3</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A13" s="49"/>
       <c r="B13" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="5">
         <v>3</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A14" s="49"/>
       <c r="B14" s="39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A15" s="49"/>
       <c r="B15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="16">
         <f>SUM(C10:C14)</f>
         <v>16</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A16" s="49"/>
       <c r="B16" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="5">
         <v>3</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A17" s="49"/>
       <c r="B17" s="38" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C17" s="5">
         <v>3</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A18" s="49"/>
       <c r="B18" s="39" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="5">
         <v>3</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E18" s="6"/>
     </row>
     <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A19" s="49"/>
       <c r="B19" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="5">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A20" s="49"/>
       <c r="B20" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="5">
         <v>3</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:6" ht="18" x14ac:dyDescent="0.6">
       <c r="A21" s="50"/>
       <c r="B21" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="18">
         <f>SUM(C16:C20)</f>
         <v>15</v>
       </c>
       <c r="D21" s="19"/>
       <c r="E21" s="26"/>
     </row>
     <row r="22" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A22" s="49"/>
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="2"/>
     </row>
     <row r="23" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A23" s="49"/>
       <c r="B23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E23" s="27"/>
     </row>
     <row r="24" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A24" s="49"/>
       <c r="B24" s="39" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
         <v>3</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E24" s="6"/>
     </row>
     <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A25" s="49"/>
       <c r="B25" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="5">
         <v>3</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E25" s="6"/>
     </row>
     <row r="26" spans="1:6" ht="23" x14ac:dyDescent="0.65">
       <c r="A26" s="49"/>
       <c r="B26" s="46" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="5">
         <v>3</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E26" s="6"/>
     </row>
     <row r="27" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A27" s="49"/>
       <c r="B27" s="41" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C27" s="5">
         <v>3</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A28" s="49"/>
       <c r="B28" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="16">
         <f>SUM(C23:C27)</f>
         <v>15</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A29" s="49"/>
       <c r="B29" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>3</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E29" s="45"/>
     </row>
     <row r="30" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A30" s="49"/>
       <c r="B30" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E30" s="6"/>
     </row>
     <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A31" s="49"/>
       <c r="B31" s="39" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C31" s="5">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E31" s="27"/>
     </row>
     <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A32" s="49"/>
       <c r="B32" s="39" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="5">
         <v>3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A33" s="49"/>
       <c r="B33" s="39" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C33" s="5">
         <v>3</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A34" s="50"/>
       <c r="B34" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="18">
         <f>SUM(C29:C33)</f>
         <v>15</v>
       </c>
       <c r="D34" s="19"/>
       <c r="E34" s="28"/>
     </row>
     <row r="35" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A35" s="48"/>
       <c r="B35" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A36" s="49"/>
       <c r="B36" s="38" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="5">
         <v>3</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A37" s="49"/>
       <c r="B37" s="39" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="5">
         <v>3</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E37" s="6"/>
     </row>
     <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A38" s="49"/>
       <c r="B38" s="39" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="5">
         <v>3</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E38" s="37"/>
     </row>
     <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A39" s="63"/>
       <c r="B39" s="39" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="23">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A40" s="49"/>
       <c r="B40" s="39" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C40" s="8">
         <v>3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E40" s="21"/>
     </row>
     <row r="41" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A41" s="49"/>
       <c r="B41" s="9"/>
       <c r="C41" s="8"/>
       <c r="D41" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E41" s="37"/>
     </row>
     <row r="42" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A42" s="49"/>
       <c r="B42" s="5"/>
       <c r="C42" s="8">
         <f>SUM(C36:C41)</f>
         <v>15</v>
       </c>
       <c r="D42" s="5"/>
       <c r="E42" s="5"/>
     </row>
     <row r="43" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A43" s="49"/>
       <c r="B43" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C43" s="20"/>
       <c r="D43" s="15" t="s">
         <v>17</v>
       </c>
       <c r="E43" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A44" s="49"/>
       <c r="B44" s="38" t="s">
         <v>61</v>
       </c>
       <c r="C44" s="8">
         <v>3</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E44" s="45"/>
     </row>
     <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A45" s="49"/>
       <c r="B45" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C45" s="5">
         <v>3</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E45" s="27"/>
     </row>
     <row r="46" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A46" s="49"/>
       <c r="B46" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C46" s="5">
         <v>3</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E46" s="5"/>
     </row>
     <row r="47" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A47" s="49"/>
       <c r="B47" s="39" t="s">
         <v>48</v>
       </c>
       <c r="C47" s="5">
         <v>3</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E47" s="6"/>
     </row>
     <row r="48" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A48" s="49"/>
       <c r="B48" s="40" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C48" s="5">
         <v>3</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="5"/>
     </row>
     <row r="49" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A49" s="50"/>
       <c r="B49" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="18">
         <f>SUM(C44:C48)</f>
         <v>15</v>
       </c>
       <c r="D49" s="19"/>
       <c r="E49" s="28"/>
     </row>
     <row r="50" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A50" s="48"/>
       <c r="B50" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C50" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E50" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="23" x14ac:dyDescent="0.65">
       <c r="A51" s="63"/>
       <c r="B51" s="43" t="s">
         <v>50</v>
       </c>
       <c r="C51" s="42">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="37" x14ac:dyDescent="0.65">
       <c r="A52" s="63"/>
       <c r="B52" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="42">
         <v>3</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A53" s="63"/>
       <c r="B53" s="43" t="s">
         <v>53</v>
       </c>
       <c r="C53" s="42">
         <v>3</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E53" s="5"/>
     </row>
     <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A54" s="49"/>
       <c r="B54" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="5">
         <v>2</v>
       </c>
       <c r="D54" s="45" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E54" s="5"/>
     </row>
     <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A55" s="49"/>
       <c r="B55" s="39" t="s">
         <v>52</v>
       </c>
       <c r="C55" s="5">
         <v>3</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="5"/>
     </row>
     <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A56" s="49"/>
       <c r="B56" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="16">
         <f>SUM(C51:C55)</f>
         <v>14</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E56" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A57" s="49"/>
       <c r="B57" s="38" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="5">
         <v>3</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A58" s="49"/>
       <c r="B58" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="5">
         <v>3</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A59" s="49"/>
       <c r="B59" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="5">
         <v>3</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E59" s="5"/>
     </row>
     <row r="60" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A60" s="49"/>
       <c r="B60" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C60" s="21">
         <v>3</v>
       </c>
       <c r="D60" s="45" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E60" s="6"/>
     </row>
     <row r="61" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A61" s="49"/>
       <c r="B61" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="21">
         <v>3</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E61" s="5"/>
     </row>
     <row r="62" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A62" s="50"/>
       <c r="B62" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="18">
         <f>SUM(C57:C61)</f>
         <v>15</v>
       </c>
       <c r="D62" s="22"/>
       <c r="E62" s="28"/>
     </row>
     <row r="63" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A63" s="64" t="s">
         <v>20</v>
       </c>
       <c r="B63" s="65"/>
       <c r="C63" s="29">
         <f>C15+C21+C28+C34+C42+C49+C56+C62</f>
         <v>120</v>
       </c>
       <c r="D63" s="30"/>
@@ -4405,110 +5044,3816 @@
     <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B69" s="32"/>
     </row>
     <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B70" s="34"/>
     </row>
     <row r="71" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B71" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A2:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="A8:A21"/>
     <mergeCell ref="A22:A34"/>
     <mergeCell ref="A35:A49"/>
     <mergeCell ref="A50:A62"/>
     <mergeCell ref="A63:B63"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="55" fitToHeight="2" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55C01295-9CA0-44F7-B949-F199FF428AB6}">
+  <dimension ref="A1:F73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
+  <cols>
+    <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1796875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="52"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="7"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="57"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="58"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="59"/>
+    </row>
+    <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A4" s="60"/>
+      <c r="B4" s="60"/>
+      <c r="C4" s="60"/>
+      <c r="D4" s="60"/>
+      <c r="E4" s="60"/>
+    </row>
+    <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="61" t="s">
+        <v>162</v>
+      </c>
+      <c r="C5" s="61"/>
+      <c r="D5" s="61"/>
+      <c r="E5" s="61"/>
+    </row>
+    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="62" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" s="62"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62"/>
+    </row>
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="61" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
+    </row>
+    <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="A8" s="48"/>
+      <c r="B8" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A9" s="49"/>
+      <c r="B9" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="49"/>
+      <c r="B10" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="5">
+        <v>3</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="49"/>
+      <c r="B11" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C11" s="5">
+        <v>3</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="49"/>
+      <c r="B12" s="39" t="s">
+        <v>149</v>
+      </c>
+      <c r="C12" s="5">
+        <v>4</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="49"/>
+      <c r="B13" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="49"/>
+      <c r="B14" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="5">
+        <v>3</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E14" s="5"/>
+    </row>
+    <row r="15" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A15" s="49"/>
+      <c r="B15" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="18">
+        <f>SUM(C10:C14)</f>
+        <v>16</v>
+      </c>
+      <c r="D15" s="72"/>
+      <c r="E15" s="71"/>
+    </row>
+    <row r="16" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A16" s="49"/>
+      <c r="B16" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="49"/>
+      <c r="B17" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="5">
+        <v>3</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="49"/>
+      <c r="B18" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="49"/>
+      <c r="B19" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="49"/>
+      <c r="B20" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="5">
+        <v>3</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="49"/>
+      <c r="B21" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="5">
+        <v>3</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="5"/>
+    </row>
+    <row r="22" spans="1:6" ht="18" x14ac:dyDescent="0.6">
+      <c r="A22" s="50"/>
+      <c r="B22" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="18">
+        <f>SUM(C17:C21)</f>
+        <v>15</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="26"/>
+    </row>
+    <row r="23" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A23" s="49"/>
+      <c r="B23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="2"/>
+    </row>
+    <row r="24" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="49"/>
+      <c r="B24" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="5">
+        <v>3</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="27"/>
+    </row>
+    <row r="25" spans="1:6" ht="35" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="49"/>
+      <c r="B25" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" s="5">
+        <v>3</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="49"/>
+      <c r="B26" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" s="5">
+        <v>3</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A27" s="49"/>
+      <c r="B27" s="69" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" s="5">
+        <v>3</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A28" s="49"/>
+      <c r="B28" s="69" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="5">
+        <v>3</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A29" s="49"/>
+      <c r="B29" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="18">
+        <f>SUM(C24:C28)</f>
+        <v>15</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+    </row>
+    <row r="30" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A30" s="49"/>
+      <c r="B30" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A31" s="49"/>
+      <c r="B31" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="8">
+        <v>3</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="45"/>
+    </row>
+    <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A32" s="49"/>
+      <c r="B32" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="8">
+        <v>3</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" s="6"/>
+    </row>
+    <row r="33" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A33" s="49"/>
+      <c r="B33" s="73" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="5">
+        <v>3</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="27"/>
+    </row>
+    <row r="34" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A34" s="49"/>
+      <c r="B34" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="5">
+        <v>3</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="5"/>
+    </row>
+    <row r="35" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A35" s="49"/>
+      <c r="B35" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="5">
+        <v>3</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A36" s="50"/>
+      <c r="B36" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="18">
+        <f>SUM(C31:C35)</f>
+        <v>15</v>
+      </c>
+      <c r="D36" s="19"/>
+      <c r="E36" s="28"/>
+    </row>
+    <row r="37" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A37" s="48"/>
+      <c r="B37" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A38" s="49"/>
+      <c r="B38" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38" s="5">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A39" s="49"/>
+      <c r="B39" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" s="6"/>
+    </row>
+    <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A40" s="49"/>
+      <c r="B40" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40" s="5">
+        <v>3</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E40" s="37"/>
+    </row>
+    <row r="41" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A41" s="63"/>
+      <c r="B41" s="38" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" s="23">
+        <v>3</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E41" s="21"/>
+    </row>
+    <row r="42" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A42" s="49"/>
+      <c r="B42" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C42" s="8">
+        <v>3</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E42" s="21"/>
+    </row>
+    <row r="43" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A43" s="49"/>
+      <c r="B43" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" s="18">
+        <f>SUM(C38:C42)</f>
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E43" s="5"/>
+    </row>
+    <row r="44" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A44" s="49"/>
+      <c r="B44" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="25" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A45" s="49"/>
+      <c r="B45" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="C45" s="8">
+        <v>3</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A46" s="49"/>
+      <c r="B46" s="39" t="s">
+        <v>46</v>
+      </c>
+      <c r="C46" s="5">
+        <v>3</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E46" s="27"/>
+    </row>
+    <row r="47" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A47" s="49"/>
+      <c r="B47" s="39" t="s">
+        <v>169</v>
+      </c>
+      <c r="C47" s="5">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A48" s="49"/>
+      <c r="B48" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C48" s="5">
+        <v>3</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E48" s="6"/>
+    </row>
+    <row r="49" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A49" s="49"/>
+      <c r="B49" s="40" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="5">
+        <v>3</v>
+      </c>
+      <c r="D49" s="45" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" s="5"/>
+    </row>
+    <row r="50" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A50" s="50"/>
+      <c r="B50" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="18">
+        <f>SUM(C45:C49)</f>
+        <v>15</v>
+      </c>
+      <c r="D50" s="19"/>
+      <c r="E50" s="28"/>
+    </row>
+    <row r="51" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A51" s="48"/>
+      <c r="B51" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A52" s="63"/>
+      <c r="B52" s="43" t="s">
+        <v>157</v>
+      </c>
+      <c r="C52" s="42">
+        <v>3</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A53" s="63"/>
+      <c r="B53" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="C53" s="42">
+        <v>3</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="5"/>
+    </row>
+    <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A54" s="63"/>
+      <c r="B54" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C54" s="42">
+        <v>3</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E54" s="5"/>
+    </row>
+    <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A55" s="49"/>
+      <c r="B55" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C55" s="5">
+        <v>3</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E55" s="5"/>
+    </row>
+    <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A56" s="49"/>
+      <c r="B56" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C56" s="5">
+        <v>3</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="5"/>
+    </row>
+    <row r="57" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A57" s="49"/>
+      <c r="B57" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" s="16">
+        <f>SUM(C51:C56)</f>
+        <v>15</v>
+      </c>
+      <c r="D57" s="70"/>
+      <c r="E57" s="71"/>
+    </row>
+    <row r="58" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A58" s="49"/>
+      <c r="B58" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A59" s="49"/>
+      <c r="B59" s="40" t="s">
+        <v>158</v>
+      </c>
+      <c r="C59" s="5">
+        <v>3</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E59" s="5"/>
+    </row>
+    <row r="60" spans="1:5" ht="37" x14ac:dyDescent="0.65">
+      <c r="A60" s="49"/>
+      <c r="B60" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="5">
+        <v>3</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E60" s="5"/>
+    </row>
+    <row r="61" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A61" s="49"/>
+      <c r="B61" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C61" s="5">
+        <v>3</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="5"/>
+    </row>
+    <row r="62" spans="1:5" ht="56" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A62" s="49"/>
+      <c r="B62" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C62" s="21">
+        <v>3</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E62" s="6"/>
+    </row>
+    <row r="63" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A63" s="49"/>
+      <c r="B63" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C63" s="21">
+        <v>2</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E63" s="5"/>
+    </row>
+    <row r="64" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A64" s="50"/>
+      <c r="B64" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="18">
+        <f>SUM(C59:C63)</f>
+        <v>14</v>
+      </c>
+      <c r="D64" s="22"/>
+      <c r="E64" s="28"/>
+    </row>
+    <row r="65" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A65" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="B65" s="65"/>
+      <c r="C65" s="29">
+        <f>C15+C22+C29+C36+C43+C50+C57+C64</f>
+        <v>120</v>
+      </c>
+      <c r="D65" s="30"/>
+      <c r="E65" s="31"/>
+    </row>
+    <row r="66" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A66" s="47"/>
+      <c r="B66" s="47"/>
+      <c r="C66" s="31"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="31"/>
+    </row>
+    <row r="68" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B68" s="35"/>
+    </row>
+    <row r="69" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B69" s="36"/>
+    </row>
+    <row r="70" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B70" s="33"/>
+    </row>
+    <row r="71" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B71" s="32"/>
+    </row>
+    <row r="72" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B72" s="34"/>
+    </row>
+    <row r="73" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B73" s="34"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="A8:A22"/>
+    <mergeCell ref="A23:A36"/>
+    <mergeCell ref="A37:A50"/>
+    <mergeCell ref="A51:A64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="B1:D1"/>
+    <mergeCell ref="A2:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="B7:E7"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D68248D-F9AD-485F-B03F-D9C5114B7F6E}">
+  <dimension ref="A1:F73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C66" sqref="C66"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
+  <cols>
+    <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1796875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="51"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="7"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="57"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="58"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="59"/>
+    </row>
+    <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A4" s="60"/>
+      <c r="B4" s="60"/>
+      <c r="C4" s="60"/>
+      <c r="D4" s="60"/>
+      <c r="E4" s="60"/>
+    </row>
+    <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="61" t="s">
+        <v>162</v>
+      </c>
+      <c r="C5" s="61"/>
+      <c r="D5" s="61"/>
+      <c r="E5" s="61"/>
+    </row>
+    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="61" t="s">
+        <v>161</v>
+      </c>
+      <c r="C6" s="61"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="61"/>
+    </row>
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="61" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
+    </row>
+    <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="A8" s="48"/>
+      <c r="B8" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A9" s="49"/>
+      <c r="B9" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="49"/>
+      <c r="B10" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="5">
+        <v>3</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A11" s="49"/>
+      <c r="B11" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="5">
+        <v>3</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A12" s="49"/>
+      <c r="B12" s="40" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="5">
+        <v>3</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A13" s="49"/>
+      <c r="B13" s="40" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="49"/>
+      <c r="B14" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" s="5">
+        <v>4</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E14" s="5"/>
+    </row>
+    <row r="15" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A15" s="49"/>
+      <c r="B15" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="18">
+        <f>SUM(C10:C14)</f>
+        <v>16</v>
+      </c>
+      <c r="D15" s="72"/>
+      <c r="E15" s="71"/>
+    </row>
+    <row r="16" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A16" s="49"/>
+      <c r="B16" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="49"/>
+      <c r="B17" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="5">
+        <v>3</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="49"/>
+      <c r="B18" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="49"/>
+      <c r="B19" s="39" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="49"/>
+      <c r="B20" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="5">
+        <v>3</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="49"/>
+      <c r="B21" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="5">
+        <v>3</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="5"/>
+    </row>
+    <row r="22" spans="1:6" ht="18" x14ac:dyDescent="0.6">
+      <c r="A22" s="50"/>
+      <c r="B22" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="18">
+        <f>SUM(C17:C21)</f>
+        <v>15</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="26"/>
+    </row>
+    <row r="23" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A23" s="49"/>
+      <c r="B23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="2"/>
+    </row>
+    <row r="24" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="49"/>
+      <c r="B24" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="5">
+        <v>3</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="27"/>
+    </row>
+    <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="49"/>
+      <c r="B25" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="5">
+        <v>3</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="49"/>
+      <c r="B26" s="40" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" s="5">
+        <v>3</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" ht="23" x14ac:dyDescent="0.65">
+      <c r="A27" s="49"/>
+      <c r="B27" s="46" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" s="5">
+        <v>3</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A28" s="49"/>
+      <c r="B28" s="41" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" s="5">
+        <v>3</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A29" s="49"/>
+      <c r="B29" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="18">
+        <f>SUM(C24:C28)</f>
+        <v>15</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+    </row>
+    <row r="30" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A30" s="49"/>
+      <c r="B30" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A31" s="49"/>
+      <c r="B31" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="8">
+        <v>3</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="45"/>
+    </row>
+    <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A32" s="49"/>
+      <c r="B32" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="8">
+        <v>3</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" s="6"/>
+    </row>
+    <row r="33" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A33" s="49"/>
+      <c r="B33" s="39" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="5">
+        <v>3</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="27"/>
+    </row>
+    <row r="34" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A34" s="49"/>
+      <c r="B34" s="39" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="5">
+        <v>3</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="5"/>
+    </row>
+    <row r="35" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A35" s="49"/>
+      <c r="B35" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C35" s="5">
+        <v>3</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A36" s="50"/>
+      <c r="B36" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="18">
+        <f>SUM(C31:C35)</f>
+        <v>15</v>
+      </c>
+      <c r="D36" s="19"/>
+      <c r="E36" s="28"/>
+    </row>
+    <row r="37" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A37" s="48"/>
+      <c r="B37" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A38" s="49"/>
+      <c r="B38" s="38" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="5">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" s="6"/>
+    </row>
+    <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A39" s="49"/>
+      <c r="B39" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" s="6"/>
+    </row>
+    <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A40" s="49"/>
+      <c r="B40" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="5">
+        <v>3</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="37"/>
+    </row>
+    <row r="41" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A41" s="63"/>
+      <c r="B41" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C41" s="23">
+        <v>3</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E41" s="21"/>
+    </row>
+    <row r="42" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A42" s="49"/>
+      <c r="B42" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C42" s="8">
+        <v>3</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E42" s="21"/>
+    </row>
+    <row r="43" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A43" s="49"/>
+      <c r="B43" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" s="8">
+        <f>SUM(C38:C42)</f>
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E43" s="5"/>
+    </row>
+    <row r="44" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A44" s="49"/>
+      <c r="B44" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="25" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A45" s="49"/>
+      <c r="B45" s="38" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="8">
+        <v>3</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A46" s="49"/>
+      <c r="B46" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="5">
+        <v>3</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A47" s="49"/>
+      <c r="B47" s="39" t="s">
+        <v>168</v>
+      </c>
+      <c r="C47" s="5">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A48" s="49"/>
+      <c r="B48" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C48" s="5">
+        <v>3</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="E48" s="6"/>
+    </row>
+    <row r="49" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A49" s="49"/>
+      <c r="B49" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="C49" s="5">
+        <v>3</v>
+      </c>
+      <c r="E49" s="5"/>
+    </row>
+    <row r="50" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A50" s="50"/>
+      <c r="B50" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="18">
+        <f>SUM(C45:C49)</f>
+        <v>15</v>
+      </c>
+      <c r="D50" s="19"/>
+      <c r="E50" s="28"/>
+    </row>
+    <row r="51" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A51" s="48"/>
+      <c r="B51" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A52" s="63"/>
+      <c r="B52" s="43" t="s">
+        <v>157</v>
+      </c>
+      <c r="C52" s="42">
+        <v>3</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="45"/>
+    </row>
+    <row r="53" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A53" s="63"/>
+      <c r="B53" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C53" s="42">
+        <v>3</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A54" s="63"/>
+      <c r="B54" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C54" s="42">
+        <v>3</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E54" s="5"/>
+    </row>
+    <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A55" s="49"/>
+      <c r="B55" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C55" s="5">
+        <v>3</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E55" s="5"/>
+    </row>
+    <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A56" s="49"/>
+      <c r="B56" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C56" s="5">
+        <v>3</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="5"/>
+    </row>
+    <row r="57" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A57" s="49"/>
+      <c r="B57" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" s="18">
+        <f>SUM(C52:C56)</f>
+        <v>15</v>
+      </c>
+      <c r="D57" s="70"/>
+      <c r="E57" s="71"/>
+    </row>
+    <row r="58" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A58" s="49"/>
+      <c r="B58" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A59" s="49"/>
+      <c r="B59" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="C59" s="5">
+        <v>3</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="37" x14ac:dyDescent="0.65">
+      <c r="A60" s="49"/>
+      <c r="B60" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="5">
+        <v>3</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A61" s="49"/>
+      <c r="B61" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C61" s="5">
+        <v>3</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="5"/>
+    </row>
+    <row r="62" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A62" s="49"/>
+      <c r="B62" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C62" s="21">
+        <v>3</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E62" s="6"/>
+    </row>
+    <row r="63" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A63" s="49"/>
+      <c r="B63" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C63" s="21">
+        <v>2</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E63" s="5"/>
+    </row>
+    <row r="64" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A64" s="50"/>
+      <c r="B64" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="18">
+        <f>SUM(C59:C63)</f>
+        <v>14</v>
+      </c>
+      <c r="D64" s="22"/>
+      <c r="E64" s="28"/>
+    </row>
+    <row r="65" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A65" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="B65" s="65"/>
+      <c r="C65" s="29">
+        <f>C15+C22+C29+C36+C43+C50+C57+C64</f>
+        <v>120</v>
+      </c>
+      <c r="D65" s="30"/>
+      <c r="E65" s="31"/>
+    </row>
+    <row r="66" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A66" s="47"/>
+      <c r="B66" s="47"/>
+      <c r="C66" s="31"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="31"/>
+    </row>
+    <row r="68" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B68" s="35"/>
+    </row>
+    <row r="69" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B69" s="36"/>
+    </row>
+    <row r="70" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B70" s="33"/>
+    </row>
+    <row r="71" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B71" s="32"/>
+    </row>
+    <row r="72" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B72" s="34"/>
+    </row>
+    <row r="73" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B73" s="34"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="A8:A22"/>
+    <mergeCell ref="A23:A36"/>
+    <mergeCell ref="A37:A50"/>
+    <mergeCell ref="A51:A64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="B1:D1"/>
+    <mergeCell ref="A2:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="B7:E7"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C1E28816-6BE4-4AB1-931F-087BB1D15D1D}">
+  <dimension ref="A1:F74"/>
+  <sheetViews>
+    <sheetView topLeftCell="A57" workbookViewId="0">
+      <selection activeCell="C67" sqref="C67"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
+  <cols>
+    <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1796875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="51"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="7"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="57"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="58"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="59"/>
+    </row>
+    <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A4" s="60"/>
+      <c r="B4" s="60"/>
+      <c r="C4" s="60"/>
+      <c r="D4" s="60"/>
+      <c r="E4" s="60"/>
+    </row>
+    <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="61" t="s">
+        <v>162</v>
+      </c>
+      <c r="C5" s="61"/>
+      <c r="D5" s="61"/>
+      <c r="E5" s="61"/>
+    </row>
+    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="66" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" s="66"/>
+      <c r="D6" s="66"/>
+      <c r="E6" s="66"/>
+    </row>
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="61" t="s">
+        <v>147</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
+    </row>
+    <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="A8" s="48"/>
+      <c r="B8" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A9" s="49"/>
+      <c r="B9" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="49"/>
+      <c r="B10" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="5">
+        <v>3</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A11" s="49"/>
+      <c r="B11" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="5">
+        <v>3</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A12" s="49"/>
+      <c r="B12" s="40" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="5">
+        <v>3</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="49"/>
+      <c r="B13" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="49"/>
+      <c r="B14" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" s="5">
+        <v>4</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E14" s="5"/>
+    </row>
+    <row r="15" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A15" s="49"/>
+      <c r="B15" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="18">
+        <f>SUM(C10:C14)</f>
+        <v>16</v>
+      </c>
+      <c r="D15" s="72"/>
+      <c r="E15" s="71"/>
+    </row>
+    <row r="16" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A16" s="49"/>
+      <c r="B16" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="49"/>
+      <c r="B17" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="5">
+        <v>3</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="49"/>
+      <c r="B18" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="49"/>
+      <c r="B19" s="39" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="49"/>
+      <c r="B20" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="5">
+        <v>3</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="49"/>
+      <c r="B21" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="5">
+        <v>3</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="5"/>
+    </row>
+    <row r="22" spans="1:6" ht="18" x14ac:dyDescent="0.6">
+      <c r="A22" s="50"/>
+      <c r="B22" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="18">
+        <f>SUM(C17:C21)</f>
+        <v>15</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="26"/>
+    </row>
+    <row r="23" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A23" s="49"/>
+      <c r="B23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="2"/>
+    </row>
+    <row r="24" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="49"/>
+      <c r="B24" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="5">
+        <v>3</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="27"/>
+    </row>
+    <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="49"/>
+      <c r="B25" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="5">
+        <v>3</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="49"/>
+      <c r="B26" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" s="5">
+        <v>3</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" ht="23" x14ac:dyDescent="0.65">
+      <c r="A27" s="49"/>
+      <c r="B27" s="46" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" s="5">
+        <v>3</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A28" s="49"/>
+      <c r="B28" s="41" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" s="5">
+        <v>3</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A29" s="49"/>
+      <c r="B29" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="18">
+        <f>SUM(C24:C28)</f>
+        <v>15</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+    </row>
+    <row r="30" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A30" s="49"/>
+      <c r="B30" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A31" s="49"/>
+      <c r="B31" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="8">
+        <v>3</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="45"/>
+    </row>
+    <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A32" s="49"/>
+      <c r="B32" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="8">
+        <v>3</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" s="6"/>
+    </row>
+    <row r="33" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A33" s="49"/>
+      <c r="B33" s="39" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" s="5">
+        <v>3</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="27"/>
+    </row>
+    <row r="34" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A34" s="49"/>
+      <c r="B34" s="39" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="5">
+        <v>3</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="5"/>
+    </row>
+    <row r="35" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A35" s="49"/>
+      <c r="B35" s="39" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="5">
+        <v>3</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A36" s="50"/>
+      <c r="B36" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="18">
+        <f>SUM(C31:C35)</f>
+        <v>15</v>
+      </c>
+      <c r="D36" s="19"/>
+      <c r="E36" s="28"/>
+    </row>
+    <row r="37" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A37" s="48"/>
+      <c r="B37" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A38" s="49"/>
+      <c r="B38" s="38" t="s">
+        <v>59</v>
+      </c>
+      <c r="C38" s="5">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A39" s="49"/>
+      <c r="B39" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" s="6"/>
+    </row>
+    <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A40" s="49"/>
+      <c r="B40" s="39" t="s">
+        <v>60</v>
+      </c>
+      <c r="C40" s="5">
+        <v>3</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="37"/>
+    </row>
+    <row r="41" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A41" s="63"/>
+      <c r="B41" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" s="23">
+        <v>3</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E41" s="21"/>
+    </row>
+    <row r="42" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A42" s="49"/>
+      <c r="B42" s="39" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42" s="8">
+        <v>3</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E42" s="21"/>
+    </row>
+    <row r="43" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A43" s="49"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E43" s="37"/>
+    </row>
+    <row r="44" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A44" s="49"/>
+      <c r="B44" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="18">
+        <f>SUM(C38:C43)</f>
+        <v>15</v>
+      </c>
+      <c r="D44" s="5"/>
+      <c r="E44" s="5"/>
+    </row>
+    <row r="45" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A45" s="49"/>
+      <c r="B45" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45" s="25" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A46" s="49"/>
+      <c r="B46" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="C46" s="8">
+        <v>3</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" s="45"/>
+    </row>
+    <row r="47" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A47" s="49"/>
+      <c r="B47" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="C47" s="5">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E47" s="27"/>
+    </row>
+    <row r="48" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A48" s="49"/>
+      <c r="B48" s="39" t="s">
+        <v>174</v>
+      </c>
+      <c r="C48" s="5">
+        <v>3</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E48" s="5"/>
+    </row>
+    <row r="49" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A49" s="49"/>
+      <c r="B49" s="40" t="s">
+        <v>42</v>
+      </c>
+      <c r="C49" s="5">
+        <v>3</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E49" s="6"/>
+    </row>
+    <row r="50" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A50" s="49"/>
+      <c r="B50" s="40" t="s">
+        <v>43</v>
+      </c>
+      <c r="C50" s="5">
+        <v>3</v>
+      </c>
+      <c r="D50" s="6"/>
+      <c r="E50" s="5"/>
+    </row>
+    <row r="51" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A51" s="50"/>
+      <c r="B51" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" s="18">
+        <f>SUM(C46:C50)</f>
+        <v>15</v>
+      </c>
+      <c r="D51" s="19"/>
+      <c r="E51" s="28"/>
+    </row>
+    <row r="52" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A52" s="48"/>
+      <c r="B52" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C52" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E52" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A53" s="63"/>
+      <c r="B53" s="43" t="s">
+        <v>157</v>
+      </c>
+      <c r="C53" s="42">
+        <v>3</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A54" s="63"/>
+      <c r="B54" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="C54" s="42">
+        <v>3</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E54" s="5"/>
+    </row>
+    <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A55" s="63"/>
+      <c r="B55" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C55" s="42">
+        <v>3</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E55" s="5"/>
+    </row>
+    <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A56" s="49"/>
+      <c r="B56" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C56" s="5">
+        <v>3</v>
+      </c>
+      <c r="D56" s="45" t="s">
+        <v>97</v>
+      </c>
+      <c r="E56" s="5"/>
+    </row>
+    <row r="57" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A57" s="49"/>
+      <c r="B57" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="5">
+        <v>3</v>
+      </c>
+      <c r="D57" s="6"/>
+      <c r="E57" s="5"/>
+    </row>
+    <row r="58" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A58" s="49"/>
+      <c r="B58" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="18">
+        <f>SUM(C53:C57)</f>
+        <v>15</v>
+      </c>
+      <c r="D58" s="70"/>
+      <c r="E58" s="71"/>
+    </row>
+    <row r="59" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A59" s="49"/>
+      <c r="B59" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A60" s="49"/>
+      <c r="B60" s="40" t="s">
+        <v>158</v>
+      </c>
+      <c r="C60" s="5">
+        <v>3</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="37" x14ac:dyDescent="0.65">
+      <c r="A61" s="49"/>
+      <c r="B61" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="5">
+        <v>3</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A62" s="49"/>
+      <c r="B62" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C62" s="5">
+        <v>3</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E62" s="5"/>
+    </row>
+    <row r="63" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A63" s="49"/>
+      <c r="B63" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C63" s="21">
+        <v>3</v>
+      </c>
+      <c r="D63" s="45" t="s">
+        <v>101</v>
+      </c>
+      <c r="E63" s="6"/>
+    </row>
+    <row r="64" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A64" s="49"/>
+      <c r="B64" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C64" s="21">
+        <v>2</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E64" s="5"/>
+    </row>
+    <row r="65" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A65" s="50"/>
+      <c r="B65" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" s="18">
+        <f>SUM(C60:C64)</f>
+        <v>14</v>
+      </c>
+      <c r="D65" s="22"/>
+      <c r="E65" s="28"/>
+    </row>
+    <row r="66" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A66" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="B66" s="65"/>
+      <c r="C66" s="29">
+        <f>C15+C22+C29+C36+C44+C51+C58+C65</f>
+        <v>120</v>
+      </c>
+      <c r="D66" s="30"/>
+      <c r="E66" s="31"/>
+    </row>
+    <row r="67" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A67" s="47"/>
+      <c r="B67" s="47"/>
+      <c r="C67" s="31"/>
+      <c r="D67" s="31"/>
+      <c r="E67" s="31"/>
+    </row>
+    <row r="69" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B69" s="35"/>
+    </row>
+    <row r="70" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B70" s="36"/>
+    </row>
+    <row r="71" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B71" s="33"/>
+    </row>
+    <row r="72" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B72" s="32"/>
+    </row>
+    <row r="73" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B73" s="34"/>
+    </row>
+    <row r="74" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B74" s="34"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="A8:A22"/>
+    <mergeCell ref="A23:A36"/>
+    <mergeCell ref="A37:A51"/>
+    <mergeCell ref="A52:A65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="B1:D1"/>
+    <mergeCell ref="A2:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="B7:E7"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C4FFAEF-B3FB-436D-B981-DE5315A9B0B2}">
+  <dimension ref="A1:F79"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B83" sqref="B83"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
+  <cols>
+    <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1796875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="52"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="7"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="57"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="58"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="59"/>
+    </row>
+    <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A4" s="60"/>
+      <c r="B4" s="60"/>
+      <c r="C4" s="60"/>
+      <c r="D4" s="60"/>
+      <c r="E4" s="60"/>
+    </row>
+    <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="61" t="s">
+        <v>175</v>
+      </c>
+      <c r="C5" s="61"/>
+      <c r="D5" s="61"/>
+      <c r="E5" s="61"/>
+    </row>
+    <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="62"/>
+      <c r="C6" s="62"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62"/>
+    </row>
+    <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="61" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
+    </row>
+    <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="A8" s="48"/>
+      <c r="B8" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A9" s="49"/>
+      <c r="B9" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="49"/>
+      <c r="B10" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="5">
+        <v>3</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="49"/>
+      <c r="B11" s="39" t="s">
+        <v>176</v>
+      </c>
+      <c r="C11" s="5">
+        <v>3</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="49"/>
+      <c r="B12" s="39" t="s">
+        <v>149</v>
+      </c>
+      <c r="C12" s="5">
+        <v>4</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="49"/>
+      <c r="B13" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="49"/>
+      <c r="B14" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="5">
+        <v>3</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E14" s="5"/>
+    </row>
+    <row r="15" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A15" s="49"/>
+      <c r="B15" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="18">
+        <f>SUM(C10:C14)</f>
+        <v>16</v>
+      </c>
+      <c r="D15" s="72"/>
+      <c r="E15" s="71"/>
+    </row>
+    <row r="16" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A16" s="49"/>
+      <c r="B16" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="49"/>
+      <c r="B17" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="5">
+        <v>3</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="49"/>
+      <c r="B18" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="49"/>
+      <c r="B19" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="49"/>
+      <c r="B20" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="5">
+        <v>3</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="49"/>
+      <c r="B21" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="5">
+        <v>3</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="5"/>
+    </row>
+    <row r="22" spans="1:6" ht="18" x14ac:dyDescent="0.6">
+      <c r="A22" s="50"/>
+      <c r="B22" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="18">
+        <f>SUM(C17:C21)</f>
+        <v>15</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="26"/>
+    </row>
+    <row r="23" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A23" s="49"/>
+      <c r="B23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="2"/>
+    </row>
+    <row r="24" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="49"/>
+      <c r="B24" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="5">
+        <v>3</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="27"/>
+    </row>
+    <row r="25" spans="1:6" ht="35" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="49"/>
+      <c r="B25" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" s="5">
+        <v>3</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="49"/>
+      <c r="B26" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" s="5">
+        <v>3</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A27" s="49"/>
+      <c r="B27" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" s="5">
+        <v>3</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A28" s="49"/>
+      <c r="B28" s="69" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="5">
+        <v>3</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A29" s="49"/>
+      <c r="B29" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="18">
+        <f>SUM(C24:C28)</f>
+        <v>15</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+    </row>
+    <row r="30" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A30" s="49"/>
+      <c r="B30" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A31" s="49"/>
+      <c r="B31" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="8">
+        <v>3</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="45"/>
+    </row>
+    <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A32" s="49"/>
+      <c r="B32" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="8">
+        <v>3</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" s="6"/>
+    </row>
+    <row r="33" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A33" s="49"/>
+      <c r="B33" s="40" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="5">
+        <v>3</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="27"/>
+    </row>
+    <row r="34" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A34" s="49"/>
+      <c r="B34" s="40" t="s">
+        <v>178</v>
+      </c>
+      <c r="C34" s="5">
+        <v>3</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="5"/>
+    </row>
+    <row r="35" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A35" s="49"/>
+      <c r="B35" s="69" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="5">
+        <v>3</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A36" s="50"/>
+      <c r="B36" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="18">
+        <f>SUM(C31:C35)</f>
+        <v>15</v>
+      </c>
+      <c r="D36" s="19"/>
+      <c r="E36" s="28"/>
+    </row>
+    <row r="37" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A37" s="48"/>
+      <c r="B37" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A38" s="49"/>
+      <c r="B38" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38" s="5">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A39" s="49"/>
+      <c r="B39" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" s="6"/>
+    </row>
+    <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A40" s="49"/>
+      <c r="B40" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="5">
+        <v>3</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E40" s="37"/>
+    </row>
+    <row r="41" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A41" s="63"/>
+      <c r="B41" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="23">
+        <v>3</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E41" s="21"/>
+    </row>
+    <row r="42" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A42" s="49"/>
+      <c r="B42" s="39" t="s">
+        <v>177</v>
+      </c>
+      <c r="C42" s="8">
+        <v>3</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E42" s="21"/>
+    </row>
+    <row r="43" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A43" s="49"/>
+      <c r="B43" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" s="18">
+        <f>SUM(C38:C42)</f>
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E43" s="5"/>
+    </row>
+    <row r="44" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A44" s="49"/>
+      <c r="B44" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="25" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A45" s="49"/>
+      <c r="B45" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="C45" s="8">
+        <v>3</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A46" s="49"/>
+      <c r="B46" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="5">
+        <v>3</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E46" s="27"/>
+    </row>
+    <row r="47" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A47" s="49"/>
+      <c r="B47" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C47" s="5">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A48" s="49"/>
+      <c r="B48" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="C48" s="5">
+        <v>3</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E48" s="6"/>
+    </row>
+    <row r="49" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A49" s="49"/>
+      <c r="B49" s="40" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="5">
+        <v>3</v>
+      </c>
+      <c r="D49" s="45" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" s="5"/>
+    </row>
+    <row r="50" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A50" s="50"/>
+      <c r="B50" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="18">
+        <f>SUM(C45:C49)</f>
+        <v>15</v>
+      </c>
+      <c r="D50" s="19"/>
+      <c r="E50" s="28"/>
+    </row>
+    <row r="51" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A51" s="48"/>
+      <c r="B51" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A52" s="63"/>
+      <c r="B52" s="43" t="s">
+        <v>155</v>
+      </c>
+      <c r="C52" s="42">
+        <v>3</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A53" s="63"/>
+      <c r="B53" s="43" t="s">
+        <v>166</v>
+      </c>
+      <c r="C53" s="42">
+        <v>3</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="5"/>
+    </row>
+    <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A54" s="63"/>
+      <c r="B54" s="38" t="s">
+        <v>181</v>
+      </c>
+      <c r="C54" s="42">
+        <v>3</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E54" s="5"/>
+    </row>
+    <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A55" s="49"/>
+      <c r="B55" s="40" t="s">
+        <v>59</v>
+      </c>
+      <c r="C55" s="5">
+        <v>3</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E55" s="5"/>
+    </row>
+    <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A56" s="49"/>
+      <c r="B56" s="38" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="5">
+        <v>3</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="5"/>
+    </row>
+    <row r="57" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
+      <c r="A57" s="49"/>
+      <c r="B57" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" s="16">
+        <f>SUM(C51:C56)</f>
+        <v>15</v>
+      </c>
+      <c r="D57" s="70"/>
+      <c r="E57" s="71"/>
+    </row>
+    <row r="58" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A58" s="49"/>
+      <c r="B58" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="23" x14ac:dyDescent="0.65">
+      <c r="A59" s="49"/>
+      <c r="B59" s="43" t="s">
+        <v>182</v>
+      </c>
+      <c r="C59" s="5">
+        <v>3</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E59" s="5"/>
+    </row>
+    <row r="60" spans="1:5" ht="37" x14ac:dyDescent="0.65">
+      <c r="A60" s="49"/>
+      <c r="B60" s="40" t="s">
+        <v>183</v>
+      </c>
+      <c r="C60" s="5">
+        <v>3</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E60" s="5"/>
+    </row>
+    <row r="61" spans="1:5" ht="37" x14ac:dyDescent="0.65">
+      <c r="A61" s="49"/>
+      <c r="B61" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="5">
+        <v>3</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="5"/>
+    </row>
+    <row r="62" spans="1:5" ht="56" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A62" s="49"/>
+      <c r="B62" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C62" s="21">
+        <v>3</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E62" s="6"/>
+    </row>
+    <row r="63" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A63" s="49"/>
+      <c r="B63" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C63" s="21">
+        <v>3</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E63" s="5"/>
+    </row>
+    <row r="64" spans="1:5" ht="18" x14ac:dyDescent="0.6">
+      <c r="A64" s="50"/>
+      <c r="B64" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="18">
+        <f>SUM(C59:C63)</f>
+        <v>15</v>
+      </c>
+      <c r="D64" s="22"/>
+      <c r="E64" s="28"/>
+    </row>
+    <row r="65" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="A65" s="48"/>
+      <c r="B65" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="C65" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E65" s="25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A66" s="63"/>
+      <c r="B66" s="38" t="s">
+        <v>27</v>
+      </c>
+      <c r="C66" s="42">
+        <v>3</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A67" s="63"/>
+      <c r="B67" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="C67" s="42">
+        <v>3</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E67" s="5"/>
+    </row>
+    <row r="68" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A68" s="63"/>
+      <c r="B68" s="38" t="s">
+        <v>185</v>
+      </c>
+      <c r="C68" s="42">
+        <v>3</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E68" s="5"/>
+    </row>
+    <row r="69" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A69" s="49"/>
+      <c r="B69" s="38" t="s">
+        <v>185</v>
+      </c>
+      <c r="C69" s="5">
+        <v>3</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E69" s="5"/>
+    </row>
+    <row r="70" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A70" s="49"/>
+      <c r="B70" s="38" t="s">
+        <v>185</v>
+      </c>
+      <c r="C70" s="5">
+        <v>3</v>
+      </c>
+      <c r="D70" s="6"/>
+      <c r="E70" s="5"/>
+    </row>
+    <row r="71" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A71" s="49"/>
+      <c r="B71" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="16">
+        <f>SUM(C65:C70)</f>
+        <v>15</v>
+      </c>
+      <c r="D71" s="70"/>
+      <c r="E71" s="71"/>
+    </row>
+    <row r="72" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A72" s="49"/>
+      <c r="B72" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="C72" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A73" s="49"/>
+      <c r="B73" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C73" s="5">
+        <v>3</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E73" s="5"/>
+    </row>
+    <row r="74" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A74" s="49"/>
+      <c r="B74" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C74" s="5">
+        <v>3</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E74" s="5"/>
+    </row>
+    <row r="75" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A75" s="49"/>
+      <c r="B75" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C75" s="5">
+        <v>3</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E75" s="5"/>
+    </row>
+    <row r="76" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A76" s="49"/>
+      <c r="B76" s="39" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="21">
+        <v>3</v>
+      </c>
+      <c r="D76" s="6"/>
+      <c r="E76" s="6"/>
+    </row>
+    <row r="77" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A77" s="49"/>
+      <c r="B77" s="39" t="s">
+        <v>185</v>
+      </c>
+      <c r="C77" s="21">
+        <v>2</v>
+      </c>
+      <c r="D77" s="5"/>
+      <c r="E77" s="5"/>
+    </row>
+    <row r="78" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A78" s="50"/>
+      <c r="B78" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" s="75">
+        <f>SUM(C73:C77)</f>
+        <v>14</v>
+      </c>
+      <c r="D78" s="22"/>
+      <c r="E78" s="28"/>
+    </row>
+    <row r="79" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B79" s="76" t="s">
+        <v>186</v>
+      </c>
+      <c r="C79" s="76">
+        <f>C15+C22+C29+C36+C43+C50+C57+C64+C71+C78</f>
+        <v>150</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="A8:A22"/>
+    <mergeCell ref="A23:A36"/>
+    <mergeCell ref="A37:A50"/>
+    <mergeCell ref="A51:A64"/>
+    <mergeCell ref="A65:A78"/>
+    <mergeCell ref="B1:D1"/>
+    <mergeCell ref="A2:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="B7:E7"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1495BDDC-B8C6-43FA-99C7-E5DA3A86E9D6}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:F70"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
+    <sheetView topLeftCell="A6" workbookViewId="0">
       <selection activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.6"/>
   <cols>
     <col min="1" max="1" width="22.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.1796875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="44.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="46.453125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="52"/>
       <c r="D1" s="53"/>
       <c r="E1" s="7"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="54" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="56"/>
     </row>
     <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A3" s="57"/>
       <c r="B3" s="58"/>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
       <c r="E3" s="59"/>
     </row>
     <row r="4" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A4" s="60"/>
       <c r="B4" s="60"/>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="60"/>
     </row>
     <row r="5" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="68" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C5" s="68"/>
       <c r="D5" s="68"/>
       <c r="E5" s="68"/>
     </row>
     <row r="6" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="67"/>
       <c r="C6" s="67"/>
       <c r="D6" s="67"/>
       <c r="E6" s="67"/>
     </row>
     <row r="7" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="67"/>
       <c r="C7" s="67"/>
       <c r="D7" s="67"/>
       <c r="E7" s="67"/>
     </row>
     <row r="8" spans="1:5" ht="17.5" x14ac:dyDescent="0.6">
       <c r="A8" s="48"/>
@@ -4525,691 +8870,691 @@
     </row>
     <row r="9" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A9" s="49"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A10" s="49"/>
       <c r="B10" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="5">
         <v>3</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E10" s="5"/>
     </row>
     <row r="11" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A11" s="49"/>
       <c r="B11" s="40" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="5">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A12" s="49"/>
       <c r="B12" s="40" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="5">
         <v>3</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A13" s="49"/>
       <c r="B13" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="5">
         <v>3</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A14" s="49"/>
       <c r="B14" s="39" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="5">
         <v>4</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A15" s="49"/>
       <c r="B15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="16">
         <f>SUM(C10:C14)</f>
         <v>16</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A16" s="49"/>
       <c r="B16" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="5">
         <v>3</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E16" s="6"/>
     </row>
     <row r="17" spans="1:6" ht="23.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A17" s="49"/>
       <c r="B17" s="39" t="s">
         <v>64</v>
       </c>
       <c r="C17" s="5">
         <v>3</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A18" s="49"/>
       <c r="B18" s="39" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="5">
         <v>3</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E18" s="6"/>
     </row>
     <row r="19" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A19" s="49"/>
       <c r="B19" s="39" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="5">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A20" s="49"/>
       <c r="B20" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="5">
         <v>3</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="5"/>
     </row>
     <row r="21" spans="1:6" ht="18" x14ac:dyDescent="0.6">
       <c r="A21" s="50"/>
       <c r="B21" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="18">
         <f>SUM(C16:C20)</f>
         <v>15</v>
       </c>
       <c r="D21" s="19"/>
       <c r="E21" s="26"/>
     </row>
     <row r="22" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A22" s="49"/>
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="2"/>
     </row>
     <row r="23" spans="1:6" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A23" s="49"/>
       <c r="B23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E23" s="27"/>
     </row>
     <row r="24" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A24" s="49"/>
       <c r="B24" s="39" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
         <v>3</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E24" s="6"/>
     </row>
     <row r="25" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A25" s="49"/>
       <c r="B25" s="39" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="5">
         <v>3</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E25" s="6"/>
     </row>
     <row r="26" spans="1:6" ht="23" x14ac:dyDescent="0.65">
       <c r="A26" s="49"/>
       <c r="B26" s="41" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="5">
         <v>3</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E26" s="6"/>
     </row>
     <row r="27" spans="1:6" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A27" s="49"/>
       <c r="B27" s="40" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="5">
         <v>3</v>
       </c>
       <c r="D27" s="5"/>
       <c r="E27" s="5"/>
     </row>
     <row r="28" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A28" s="49"/>
       <c r="B28" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="16">
         <f>SUM(C23:C27)</f>
         <v>15</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A29" s="49"/>
       <c r="B29" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>3</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E29" s="45"/>
     </row>
     <row r="30" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A30" s="49"/>
       <c r="B30" s="39" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="8">
         <v>3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E30" s="6"/>
     </row>
     <row r="31" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A31" s="49"/>
       <c r="B31" s="39" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="5">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E31" s="27"/>
     </row>
     <row r="32" spans="1:6" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A32" s="49"/>
       <c r="B32" s="39" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="5">
         <v>3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E32" s="5"/>
     </row>
     <row r="33" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A33" s="49"/>
       <c r="B33" s="39" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="5">
         <v>3</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E33" s="5"/>
     </row>
     <row r="34" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A34" s="50"/>
       <c r="B34" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="18">
         <f>SUM(C29:C33)</f>
         <v>15</v>
       </c>
       <c r="D34" s="19"/>
       <c r="E34" s="28"/>
     </row>
     <row r="35" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A35" s="48"/>
       <c r="B35" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A36" s="49"/>
       <c r="B36" s="38" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="5">
         <v>3</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E36" s="6"/>
     </row>
     <row r="37" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A37" s="49"/>
       <c r="B37" s="39" t="s">
         <v>68</v>
       </c>
       <c r="C37" s="5">
         <v>3</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E37" s="6"/>
     </row>
     <row r="38" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A38" s="49"/>
       <c r="B38" s="39" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="5">
         <v>3</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E38" s="37"/>
     </row>
     <row r="39" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A39" s="63"/>
       <c r="B39" s="39" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="23">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E39" s="21"/>
     </row>
     <row r="40" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A40" s="49"/>
       <c r="B40" s="39" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="8">
         <v>3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E40" s="21"/>
     </row>
     <row r="41" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A41" s="49"/>
       <c r="B41" s="5"/>
       <c r="C41" s="8">
         <f>SUM(C36:C40)</f>
         <v>15</v>
       </c>
       <c r="D41" s="5"/>
       <c r="E41" s="5"/>
     </row>
     <row r="42" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A42" s="49"/>
       <c r="B42" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="20"/>
       <c r="D42" s="15" t="s">
         <v>17</v>
       </c>
       <c r="E42" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A43" s="49"/>
       <c r="B43" s="38" t="s">
         <v>27</v>
       </c>
       <c r="C43" s="8">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A44" s="49"/>
       <c r="B44" s="39" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="5">
         <v>3</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E44" s="27"/>
     </row>
     <row r="45" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A45" s="49"/>
       <c r="B45" s="39" t="s">
         <v>47</v>
       </c>
       <c r="C45" s="5">
         <v>3</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E45" s="5"/>
     </row>
     <row r="46" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A46" s="49"/>
       <c r="B46" s="39" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="5">
         <v>3</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E46" s="6"/>
     </row>
     <row r="47" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A47" s="49"/>
       <c r="B47" s="40" t="s">
         <v>49</v>
       </c>
       <c r="C47" s="5">
         <v>3</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A48" s="50"/>
       <c r="B48" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="18">
         <f>SUM(C43:C47)</f>
         <v>15</v>
       </c>
       <c r="D48" s="19"/>
       <c r="E48" s="28"/>
     </row>
     <row r="49" spans="1:5" ht="18" x14ac:dyDescent="0.6">
       <c r="A49" s="48"/>
       <c r="B49" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="23" x14ac:dyDescent="0.65">
       <c r="A50" s="63"/>
       <c r="B50" s="43" t="s">
         <v>50</v>
       </c>
       <c r="C50" s="42">
         <v>3</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="37" x14ac:dyDescent="0.65">
       <c r="A51" s="63"/>
       <c r="B51" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C51" s="42">
         <v>3</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E51" s="5"/>
     </row>
     <row r="52" spans="1:5" ht="18.5" x14ac:dyDescent="0.65">
       <c r="A52" s="63"/>
       <c r="B52" s="43" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="42">
         <v>3</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A53" s="49"/>
       <c r="B53" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="5">
         <v>2</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E53" s="5"/>
     </row>
     <row r="54" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A54" s="49"/>
       <c r="B54" s="39" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="5">
         <v>3</v>
       </c>
       <c r="D54" s="6"/>
       <c r="E54" s="5"/>
     </row>
     <row r="55" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A55" s="49"/>
       <c r="B55" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="16">
         <f>SUM(C50:C54)</f>
         <v>14</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A56" s="49"/>
       <c r="B56" s="38" t="s">
         <v>54</v>
       </c>
       <c r="C56" s="5">
         <v>3</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A57" s="49"/>
       <c r="B57" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="5">
         <v>3</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E57" s="5"/>
     </row>
     <row r="58" spans="1:5" ht="37.5" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A58" s="49"/>
       <c r="B58" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="5">
         <v>3</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E58" s="5"/>
     </row>
     <row r="59" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A59" s="49"/>
       <c r="B59" s="39" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="21">
         <v>3</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E59" s="6"/>
     </row>
     <row r="60" spans="1:5" ht="19" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A60" s="49"/>
       <c r="B60" s="39" t="s">
         <v>54</v>
       </c>
       <c r="C60" s="21">
         <v>3</v>
       </c>
       <c r="D60" s="5"/>
       <c r="E60" s="5"/>
     </row>
     <row r="61" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A61" s="50"/>
       <c r="B61" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="18">
         <f>SUM(C56:C60)</f>
         <v>15</v>
       </c>
       <c r="D61" s="22"/>
       <c r="E61" s="28"/>
@@ -5245,90 +9590,96 @@
     <row r="68" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B68" s="32"/>
     </row>
     <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B69" s="34"/>
     </row>
     <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B70" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A2:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="A8:A21"/>
     <mergeCell ref="A22:A34"/>
     <mergeCell ref="A35:A48"/>
     <mergeCell ref="A49:A61"/>
     <mergeCell ref="A62:B62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup scale="49" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>ACC-Public Accounting</vt:lpstr>
       <vt:lpstr>ACC-General Accounting</vt:lpstr>
       <vt:lpstr>ACC-Internal Audit &amp; Fraud</vt:lpstr>
+      <vt:lpstr>BBA-Advanced Accounting</vt:lpstr>
+      <vt:lpstr>BBA-Management Accounting</vt:lpstr>
+      <vt:lpstr>BBA-Forensic Accounting and Fra</vt:lpstr>
+      <vt:lpstr>BS-Accounting and Finance</vt:lpstr>
       <vt:lpstr>Finance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Hsu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_SetDate">
     <vt:lpwstr>2023-01-19T15:27:28Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_SiteId">
     <vt:lpwstr>6f60f0b3-5f06-4e09-9715-989dba8cc7d8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fa1855b2-0a05-4494-a903-f3f23f3f98e0_ActionId">
     <vt:lpwstr>2284fbbd-6c88-439c-914f-e6c0f9d9ce51</vt:lpwstr>
   </property>